--- v0 (2025-10-12)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Prefix</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>Nickname</t>
   </si>
   <si>
     <t>Pronouns</t>
   </si>
   <si>
@@ -376,50 +376,53 @@
   </si>
   <si>
     <t>15/09/2027</t>
   </si>
   <si>
     <t>owen.oliver@boardspot.com</t>
   </si>
   <si>
     <t>Owen</t>
   </si>
   <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Possit modo quidem admirationis eo arcesilas erit memini admirationis ei ipsum tanto. Dicis nostra ipse ratio si inflammat duo quid avia non illis nulla tenueris. Quae enim quae contra ciceronem doloris fuit esse noster ciceronem iste quod quid dicimus disserendo adipiscing igitur tuus eius comparandis in tum locus. Potuit fuit persarum enim cum quis effectrix est si doloris cum.
 Quis nata adiit et parte in locus lorem si virtutes eo non atqui erit dedocendi. Tanto iam optimis igitur modo dissensio aliud nostros ipsum dedocendi iam proditorem. Est si opus publicae redargueret sit dolor videantur reges infamia maximas quis expetendum redargueret flagitiosum profuit. Lustravit etiam etiam si isto atqui inquam tibi et inquit sit elit esse non fregellanum si isto philodemum voluptatum.</t>
   </si>
   <si>
     <t>paul.peterson@boardspot.com</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Peterson</t>
+  </si>
+  <si>
+    <t>Term 2/3/25-2/2/26</t>
   </si>
   <si>
     <t>ronald.reid@boardspot.com</t>
   </si>
   <si>
     <t>Ronald</t>
   </si>
   <si>
     <t>Reid</t>
   </si>
   <si>
     <t>Partner: Lisa Lee
 Possit modo quidem admirationis eo arcesilas erit memini admirationis ei ipsum tanto. Dicis nostra ipse ratio si inflammat duo quid avia non illis nulla tenueris. Quae enim quae contra ciceronem doloris fuit esse noster ciceronem iste quod quid dicimus disserendo adipiscing igitur tuus eius comparandis in tum locus. Potuit fuit persarum enim cum quis effectrix est si doloris cum.
 Quis nata adiit et parte in locus lorem si virtutes eo non atqui erit dedocendi. Tanto iam optimis igitur modo dissensio aliud nostros ipsum dedocendi iam proditorem. Est si opus publicae redargueret sit dolor videantur reges infamia maximas quis expetendum redargueret flagitiosum profuit. Lustravit etiam etiam si isto atqui inquam tibi et inquit sit elit esse non fregellanum si isto philodemum voluptatum.</t>
   </si>
   <si>
     <t>rachel.roberts@boardspot.com</t>
   </si>
   <si>
     <t>Rachel</t>
   </si>
   <si>
     <t>Roberts</t>
   </si>
   <si>
@@ -782,51 +785,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:X24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="483.596" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="51.845" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1787,239 +1790,241 @@
       <c r="U19">
         <v>80904</v>
       </c>
       <c r="V19" t="s">
         <v>37</v>
       </c>
       <c r="W19" t="s">
         <v>116</v>
       </c>
       <c r="X19"/>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" t="s">
         <v>117</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
         <v>118</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>119</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>120</v>
+      </c>
       <c r="I20" t="s">
         <v>27</v>
       </c>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>33</v>
       </c>
       <c r="O20" t="s">
         <v>33</v>
       </c>
       <c r="P20"/>
       <c r="Q20" t="s">
         <v>34</v>
       </c>
       <c r="R20"/>
       <c r="S20" t="s">
         <v>35</v>
       </c>
       <c r="T20" t="s">
         <v>36</v>
       </c>
       <c r="U20">
         <v>80904</v>
       </c>
       <c r="V20" t="s">
         <v>37</v>
       </c>
       <c r="W20" t="s">
         <v>38</v>
       </c>
       <c r="X20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>27</v>
       </c>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>33</v>
       </c>
       <c r="O21" t="s">
         <v>33</v>
       </c>
       <c r="P21"/>
       <c r="Q21" t="s">
         <v>34</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="s">
         <v>35</v>
       </c>
       <c r="T21" t="s">
         <v>36</v>
       </c>
       <c r="U21">
         <v>80904</v>
       </c>
       <c r="V21" t="s">
         <v>37</v>
       </c>
       <c r="W21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="X21" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>27</v>
       </c>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
         <v>33</v>
       </c>
       <c r="O22" t="s">
         <v>33</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s">
         <v>34</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s">
         <v>35</v>
       </c>
       <c r="T22" t="s">
         <v>36</v>
       </c>
       <c r="U22">
         <v>80904</v>
       </c>
       <c r="V22" t="s">
         <v>37</v>
       </c>
       <c r="W22" t="s">
         <v>116</v>
       </c>
       <c r="X22"/>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>27</v>
       </c>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B24"/>
       <c r="C24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>27</v>
       </c>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>33</v>
       </c>
       <c r="O24" t="s">
         <v>33</v>
       </c>
       <c r="P24"/>
       <c r="Q24" t="s">
         <v>34</v>
       </c>
       <c r="R24"/>
       <c r="S24" t="s">
         <v>35</v>
       </c>