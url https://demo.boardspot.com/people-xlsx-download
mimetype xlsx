--- v1 (2025-11-18)
+++ v2 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Prefix</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>Nickname</t>
   </si>
   <si>
     <t>Pronouns</t>
   </si>
   <si>
@@ -98,57 +98,63 @@
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bio</t>
   </si>
   <si>
     <t>Allow other members to see my email address</t>
   </si>
   <si>
     <t>Atkins@yahoo.com</t>
   </si>
   <si>
     <t>Fisher</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
+    <t>Committee Member</t>
+  </si>
+  <si>
     <t>carol.clark@boardspot.com</t>
   </si>
   <si>
     <t>Carol</t>
   </si>
   <si>
     <t>Clark</t>
+  </si>
+  <si>
+    <t>Board Member</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>(888) 808-1257</t>
   </si>
   <si>
     <t>11 S 25th Street</t>
   </si>
   <si>
     <t>Colorado Springs</t>
   </si>
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Possit modo quidem admirationis eo arcesilas erit memini admirationis ei ipsum tanto. Dicis nostra ipse ratio si inflammat duo quid avia non illis nulla tenueris. Quae enim quae contra ciceronem doloris fuit esse noster ciceronem iste quod quid dicimus disserendo adipiscing igitur tuus eius comparandis in tum locus. Potuit fuit persarum enim cum quis effectrix est si doloris cum.
 Quis nata adiit et parte in locus lorem si virtutes eo non atqui erit dedocendi. Tanto iam optimis igitur modo dissensio aliud nostros ipsum dedocendi iam proditorem. Est si opus publicae redargueret sit dolor videantur reges infamia maximas quis expetendum redargueret flagitiosum profuit. Lustravit etiam etiam si isto atqui inquam tibi et inquit sit elit esse non fregellanum si isto philodemum voluptatum.</t>
@@ -162,50 +168,53 @@
   <si>
     <t>Davies</t>
   </si>
   <si>
     <t>she/her</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>31/12/2026</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>heather.demo@boardspot.com</t>
   </si>
   <si>
     <t>Heather</t>
   </si>
   <si>
     <t>Demo</t>
   </si>
   <si>
+    <t>Staff</t>
+  </si>
+  <si>
     <t>Executive Director</t>
   </si>
   <si>
     <t>mickey.demo@boardspot.com</t>
   </si>
   <si>
     <t>Mickey</t>
   </si>
   <si>
     <t>Head of Staff</t>
   </si>
   <si>
     <t>mickey.boardspot@gmail.com</t>
   </si>
   <si>
     <t>Demo II</t>
   </si>
   <si>
     <t>She/Her</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>31/07/2026</t>
@@ -280,50 +289,53 @@
     <t>Jacobs</t>
   </si>
   <si>
     <t>31/12/2027</t>
   </si>
   <si>
     <t>winn.demo@boardspot.com</t>
   </si>
   <si>
     <t>Winn</t>
   </si>
   <si>
     <t>Jewett</t>
   </si>
   <si>
     <t>CEO</t>
   </si>
   <si>
     <t>keith.kelly@boardspot.com</t>
   </si>
   <si>
     <t>Keith</t>
   </si>
   <si>
     <t>Kelly</t>
+  </si>
+  <si>
+    <t>Guest</t>
   </si>
   <si>
     <t>lisa.lee@boardspot.com</t>
   </si>
   <si>
     <t>Lisa</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>12/06/2025</t>
   </si>
   <si>
     <t>11/06/2028</t>
   </si>
   <si>
     <t>Spouse: Ronald Reid
 Possit modo quidem admirationis eo arcesilas erit memini admirationis ei ipsum tanto. Dicis nostra ipse ratio si inflammat duo quid avia non illis nulla tenueris. Quae enim quae contra ciceronem doloris fuit esse noster ciceronem iste quod quid dicimus disserendo adipiscing igitur tuus eius comparandis in tum locus. Potuit fuit persarum enim cum quis effectrix est si doloris cum.
 Quis nata adiit et parte in locus lorem si virtutes eo non atqui erit dedocendi. Tanto iam optimis igitur modo dissensio aliud nostros ipsum dedocendi iam proditorem. Est si opus publicae redargueret sit dolor videantur reges infamia maximas quis expetendum redargueret flagitiosum profuit. Lustravit etiam etiam si isto atqui inquam tibi et inquit sit elit esse non fregellanum si isto philodemum voluptatum.</t>
   </si>
   <si>
     <t>lewis.lucas@boardspot.com</t>
   </si>
   <si>
@@ -787,51 +799,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:X24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="483.596" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="51.845" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -896,1171 +908,1217 @@
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>26</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>27</v>
       </c>
-      <c r="J2"/>
+      <c r="J2" t="s">
+        <v>28</v>
+      </c>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>27</v>
       </c>
-      <c r="J3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="M3"/>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P3"/>
       <c r="Q3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U3">
         <v>80904</v>
       </c>
       <c r="V3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B4"/>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
-      <c r="J4"/>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P4"/>
       <c r="Q4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R4"/>
       <c r="S4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U4">
         <v>80904</v>
       </c>
       <c r="V4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B5"/>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="J5"/>
+        <v>47</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="J6"/>
+        <v>47</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B7"/>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
-      <c r="J7"/>
+      <c r="J7" t="s">
+        <v>32</v>
+      </c>
       <c r="K7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="N7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="T7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U7">
         <v>80904</v>
       </c>
       <c r="V7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
-      <c r="J8"/>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
       <c r="K8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="L8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P8"/>
       <c r="Q8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R8"/>
       <c r="S8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U8">
         <v>80904</v>
       </c>
       <c r="V8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B9"/>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
-      <c r="J9"/>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P9"/>
       <c r="Q9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R9"/>
       <c r="S9" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U9">
         <v>80904</v>
       </c>
       <c r="V9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>27</v>
       </c>
-      <c r="J10"/>
+      <c r="J10" t="s">
+        <v>32</v>
+      </c>
       <c r="K10" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="M10"/>
       <c r="N10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P10"/>
       <c r="Q10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U10">
         <v>80904</v>
       </c>
       <c r="V10" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W10" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>27</v>
       </c>
-      <c r="J11"/>
+      <c r="J11" t="s">
+        <v>32</v>
+      </c>
       <c r="K11" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L11" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M11"/>
       <c r="N11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T11" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U11">
         <v>80904</v>
       </c>
       <c r="V11" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W11" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X11" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B12"/>
       <c r="C12" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="J12"/>
+        <v>47</v>
+      </c>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>27</v>
       </c>
-      <c r="J13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P13"/>
       <c r="Q13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U13">
         <v>80904</v>
       </c>
       <c r="V13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X13" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>27</v>
       </c>
-      <c r="J14"/>
+      <c r="J14" t="s">
+        <v>32</v>
+      </c>
       <c r="K14" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="L14" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="M14"/>
       <c r="N14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P14"/>
       <c r="Q14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U14">
         <v>80904</v>
       </c>
       <c r="V14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W14" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="X14" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>27</v>
       </c>
-      <c r="J15"/>
+      <c r="J15" t="s">
+        <v>32</v>
+      </c>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P15"/>
       <c r="Q15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R15"/>
       <c r="S15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U15">
         <v>80904</v>
       </c>
       <c r="V15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>27</v>
       </c>
-      <c r="J16"/>
+      <c r="J16" t="s">
+        <v>32</v>
+      </c>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
-      <c r="J17"/>
+      <c r="J17" t="s">
+        <v>32</v>
+      </c>
       <c r="K17" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="L17" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="M17"/>
       <c r="N17" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F18"/>
       <c r="G18" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>27</v>
       </c>
-      <c r="J18"/>
+      <c r="J18" t="s">
+        <v>32</v>
+      </c>
       <c r="K18" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="L18" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M18"/>
       <c r="N18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P18"/>
       <c r="Q18" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T18" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U18">
         <v>80904</v>
       </c>
       <c r="V18" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>27</v>
       </c>
-      <c r="J19"/>
+      <c r="J19" t="s">
+        <v>32</v>
+      </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P19"/>
       <c r="Q19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R19"/>
       <c r="S19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T19" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U19">
         <v>80904</v>
       </c>
       <c r="V19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W19" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="X19"/>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="I20" t="s">
         <v>27</v>
       </c>
-      <c r="J20"/>
+      <c r="J20" t="s">
+        <v>28</v>
+      </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O20" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P20"/>
       <c r="Q20" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R20"/>
       <c r="S20" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T20" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U20">
         <v>80904</v>
       </c>
       <c r="V20" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>27</v>
       </c>
-      <c r="J21"/>
+      <c r="J21" t="s">
+        <v>32</v>
+      </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O21" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P21"/>
       <c r="Q21" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T21" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U21">
         <v>80904</v>
       </c>
       <c r="V21" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W21" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="X21" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>27</v>
       </c>
-      <c r="J22"/>
+      <c r="J22" t="s">
+        <v>28</v>
+      </c>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O22" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T22" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U22">
         <v>80904</v>
       </c>
       <c r="V22" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W22" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="X22"/>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>27</v>
       </c>
-      <c r="J23"/>
+      <c r="J23" t="s">
+        <v>51</v>
+      </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B24"/>
       <c r="C24" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>27</v>
       </c>
-      <c r="J24"/>
+      <c r="J24" t="s">
+        <v>51</v>
+      </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="O24" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P24"/>
       <c r="Q24" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R24"/>
       <c r="S24" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="T24" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U24">
         <v>80904</v>
       </c>
       <c r="V24" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W24" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="X24"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>