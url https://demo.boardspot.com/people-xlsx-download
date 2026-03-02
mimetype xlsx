--- v2 (2025-12-31)
+++ v3 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Prefix</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>Nickname</t>
   </si>
   <si>
     <t>Pronouns</t>
   </si>
   <si>
@@ -104,54 +104,57 @@
   <si>
     <t>Bio</t>
   </si>
   <si>
     <t>Allow other members to see my email address</t>
   </si>
   <si>
     <t>Atkins@yahoo.com</t>
   </si>
   <si>
     <t>Fisher</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Committee Member</t>
   </si>
   <si>
     <t>carol.clark@boardspot.com</t>
   </si>
   <si>
-    <t>Carol</t>
+    <t>Dr. Carol</t>
   </si>
   <si>
     <t>Clark</t>
+  </si>
+  <si>
+    <t>ATTORNEY AT LAW</t>
   </si>
   <si>
     <t>Board Member</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>(888) 808-1257</t>
   </si>
   <si>
     <t>11 S 25th Street</t>
   </si>
   <si>
     <t>Colorado Springs</t>
   </si>
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>United States</t>
   </si>
@@ -942,1183 +945,1185 @@
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3"/>
       <c r="N3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3"/>
       <c r="Q3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R3"/>
       <c r="S3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U3">
         <v>80904</v>
       </c>
       <c r="V3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B4"/>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P4"/>
       <c r="Q4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R4"/>
       <c r="S4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U4">
         <v>80904</v>
       </c>
       <c r="V4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5"/>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7"/>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Q7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="R7"/>
       <c r="S7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="T7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U7">
         <v>80904</v>
       </c>
       <c r="V7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P8"/>
       <c r="Q8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R8"/>
       <c r="S8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U8">
         <v>80904</v>
       </c>
       <c r="V8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B9"/>
       <c r="C9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P9"/>
       <c r="Q9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R9"/>
       <c r="S9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U9">
         <v>80904</v>
       </c>
       <c r="V9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M10"/>
       <c r="N10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P10"/>
       <c r="Q10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R10"/>
       <c r="S10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U10">
         <v>80904</v>
       </c>
       <c r="V10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M11"/>
       <c r="N11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R11"/>
       <c r="S11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U11">
         <v>80904</v>
       </c>
       <c r="V11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B12"/>
       <c r="C12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P13"/>
       <c r="Q13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R13"/>
       <c r="S13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U13">
         <v>80904</v>
       </c>
       <c r="V13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M14"/>
       <c r="N14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P14"/>
       <c r="Q14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R14"/>
       <c r="S14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U14">
         <v>80904</v>
       </c>
       <c r="V14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="X14" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>27</v>
       </c>
       <c r="J15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P15"/>
       <c r="Q15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R15"/>
       <c r="S15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U15">
         <v>80904</v>
       </c>
       <c r="V15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>27</v>
       </c>
       <c r="J16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
       <c r="J17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M17"/>
       <c r="N17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F18"/>
       <c r="G18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>27</v>
       </c>
       <c r="J18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M18"/>
       <c r="N18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P18"/>
       <c r="Q18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R18"/>
       <c r="S18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U18">
         <v>80904</v>
       </c>
       <c r="V18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>27</v>
       </c>
       <c r="J19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P19"/>
       <c r="Q19" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R19"/>
       <c r="S19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U19">
         <v>80904</v>
       </c>
       <c r="V19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="X19"/>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I20" t="s">
         <v>27</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P20"/>
       <c r="Q20" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R20"/>
       <c r="S20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U20">
         <v>80904</v>
       </c>
       <c r="V20" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W20" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>27</v>
       </c>
       <c r="J21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P21"/>
       <c r="Q21" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R21"/>
       <c r="S21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T21" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U21">
         <v>80904</v>
       </c>
       <c r="V21" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="X21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>27</v>
       </c>
       <c r="J22" t="s">
         <v>28</v>
       </c>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P22"/>
       <c r="Q22" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R22"/>
       <c r="S22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T22" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U22">
         <v>80904</v>
       </c>
       <c r="V22" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="X22"/>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>27</v>
       </c>
       <c r="J23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B24"/>
       <c r="C24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>27</v>
       </c>
       <c r="J24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O24" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P24"/>
       <c r="Q24" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R24"/>
       <c r="S24" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T24" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U24">
         <v>80904</v>
       </c>
       <c r="V24" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="X24"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>