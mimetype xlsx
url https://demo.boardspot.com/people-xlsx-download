--- v3 (2026-03-02)
+++ v4 (2026-03-29)
@@ -116,54 +116,54 @@
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Committee Member</t>
   </si>
   <si>
     <t>carol.clark@boardspot.com</t>
   </si>
   <si>
     <t>Dr. Carol</t>
   </si>
   <si>
     <t>Clark</t>
   </si>
   <si>
     <t>ATTORNEY AT LAW</t>
   </si>
   <si>
     <t>Board Member</t>
   </si>
   <si>
-    <t>01/01/2024</t>
-[...2 lines deleted...]
-    <t>31/12/2025</t>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>31/03/2027</t>
   </si>
   <si>
     <t>(888) 808-1257</t>
   </si>
   <si>
     <t>11 S 25th Street</t>
   </si>
   <si>
     <t>Colorado Springs</t>
   </si>
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Possit modo quidem admirationis eo arcesilas erit memini admirationis ei ipsum tanto. Dicis nostra ipse ratio si inflammat duo quid avia non illis nulla tenueris. Quae enim quae contra ciceronem doloris fuit esse noster ciceronem iste quod quid dicimus disserendo adipiscing igitur tuus eius comparandis in tum locus. Potuit fuit persarum enim cum quis effectrix est si doloris cum.
 Quis nata adiit et parte in locus lorem si virtutes eo non atqui erit dedocendi. Tanto iam optimis igitur modo dissensio aliud nostros ipsum dedocendi iam proditorem. Est si opus publicae redargueret sit dolor videantur reges infamia maximas quis expetendum redargueret flagitiosum profuit. Lustravit etiam etiam si isto atqui inquam tibi et inquit sit elit esse non fregellanum si isto philodemum voluptatum.</t>
   </si>
   <si>
     <t>donna.davies@boardspot.com</t>
   </si>
   <si>
     <t>Donna</t>